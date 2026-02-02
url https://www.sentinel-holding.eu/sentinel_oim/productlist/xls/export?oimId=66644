--- v0 (2025-12-13)
+++ v1 (2026-02-02)
@@ -89,51 +89,51 @@
   <si>
     <t>BREEAM DE Neubau 2018 Hea 02</t>
   </si>
   <si>
     <t>BNB-BN Neubau V2015 1.1.6</t>
   </si>
   <si>
     <t>BNB-BN Neubau V2015 1.1.7</t>
   </si>
   <si>
     <t>EU taxonomy</t>
   </si>
   <si>
     <t>Product labels</t>
   </si>
   <si>
     <t>Holzlasur Aqua farblos und farbig, lösemittelfrei 5201,52011</t>
   </si>
   <si>
     <t>BIOFA Naturprodukte W. Hahn GmbH</t>
   </si>
   <si>
     <t>Schreiner</t>
   </si>
   <si>
-    <t>Primer and top coat, Wood protection glaze</t>
+    <t>Primers, Wood protection / glazes, Paints / Varnishes / Oils / Glaze</t>
   </si>
   <si>
     <t>Indoor Air Quality Certified</t>
   </si>
   <si>
     <t>QNG ready</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>yes</t>
   </si>
   <si>
     <t>Qualitätsstufe: 4</t>
   </si>
   <si>
     <t>nicht bewertungsrelevant</t>
   </si>
   <si>
     <t>Qualitätsniveau 5</t>
   </si>
   <si>
     <t>EU-Taxonomie konform</t>
   </si>