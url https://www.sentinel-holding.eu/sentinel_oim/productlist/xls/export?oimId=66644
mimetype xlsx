--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Product list" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Bienenbäume in Bad Rappenau</t>
   </si>
   <si>
     <t>last updated: 09.04.2024</t>
   </si>
   <si>
     <t>Construction material</t>
   </si>
   <si>
     <t>Manufacturer</t>
   </si>
   <si>
     <t>Trade</t>
   </si>
   <si>
     <t>Product group</t>
   </si>
   <si>
     <t>SHI Freigabe</t>
   </si>
   <si>
     <t>QNG assessment</t>
   </si>
   <si>
@@ -75,50 +75,53 @@
     <t>Remark</t>
   </si>
   <si>
     <t>Stellungsnahme Unternehmen</t>
   </si>
   <si>
     <t>Projektbezogene Bewertung SHI</t>
   </si>
   <si>
     <t>DGNB 2023 Env 1.2</t>
   </si>
   <si>
     <t>DGNB 2023 Env 1.3</t>
   </si>
   <si>
     <t>BREEAM DE Neubau 2018 Hea 02</t>
   </si>
   <si>
     <t>BNB-BN Neubau V2015 1.1.6</t>
   </si>
   <si>
     <t>BNB-BN Neubau V2015 1.1.7</t>
   </si>
   <si>
     <t>EU taxonomy</t>
+  </si>
+  <si>
+    <t>LEED v4.1</t>
   </si>
   <si>
     <t>Product labels</t>
   </si>
   <si>
     <t>Holzlasur Aqua farblos und farbig, lösemittelfrei 5201,52011</t>
   </si>
   <si>
     <t>BIOFA Naturprodukte W. Hahn GmbH</t>
   </si>
   <si>
     <t>Schreiner</t>
   </si>
   <si>
     <t>Primers, Wood protection / glazes, Paints / Varnishes / Oils / Glaze</t>
   </si>
   <si>
     <t>Indoor Air Quality Certified</t>
   </si>
   <si>
     <t>QNG ready</t>
   </si>
   <si>
     <t>-</t>
   </si>
@@ -509,91 +512,91 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T5"/>
+  <dimension ref="A1:U5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:T4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="38.848" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="20" customWidth="true" style="1"/>
     <col min="5" max="5" width="34.135" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="19.995" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="34.135" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="45.846" bestFit="true" customWidth="true" style="1"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="1"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="1"/>
     <col min="13" max="13" width="35.277" bestFit="true" customWidth="true" style="1"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="1"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="1"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="1"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="1"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="1"/>
     <col min="19" max="19" width="24.708" bestFit="true" customWidth="true" style="1"/>
-    <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="1"/>
+    <col min="20" max="20" width="11.711" bestFit="true" customWidth="true" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" customHeight="1" ht="30">
+    <row r="1" spans="1:21" customHeight="1" ht="30">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:21">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:21">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I4" s="3" t="s">
@@ -610,93 +613,96 @@
       </c>
       <c r="M4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>19</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="T4" s="3" t="s">
         <v>21</v>
       </c>
+      <c r="U4" t="s">
+        <v>22</v>
+      </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:21">
       <c r="A5" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="K5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="N5" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="P5" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q5" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="S5" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="U5" t="s">
         <v>28</v>
-      </c>
-[...19 lines deleted...]
-        <v>27</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">